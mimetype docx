--- v0 (2025-10-30)
+++ v1 (2026-01-05)
@@ -185,153 +185,153 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Bitte Priorität 1 – 3 angeben)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2033B0B5" w14:textId="77777777" w:rsidR="00371562" w:rsidRDefault="00371562" w:rsidP="00371562">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37EF185C" w14:textId="0A0A53DB" w:rsidR="00371562" w:rsidRDefault="0081142A" w:rsidP="00371562">
+    <w:p w14:paraId="37EF185C" w14:textId="0A0A53DB" w:rsidR="00371562" w:rsidRDefault="004E47E8" w:rsidP="00371562">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:rPr>
           <w:id w:val="-374477379"/>
           <w:placeholder>
             <w:docPart w:val="35E932AFD82B467F8E03ECA34D79E59B"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Wählen Sie eine Priorität"/>
             <w:listItem w:displayText="1" w:value="1"/>
             <w:listItem w:displayText="2" w:value="2"/>
             <w:listItem w:displayText="3" w:value="3"/>
             <w:listItem w:displayText="0" w:value="0"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007E50AF">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:rPr>
             <w:t>0</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00371562">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kindergarten „Schatzinsel“ Reichertshausen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F044637" w14:textId="38789BE9" w:rsidR="00371562" w:rsidRDefault="0081142A" w:rsidP="00371562">
+    <w:p w14:paraId="6F044637" w14:textId="38789BE9" w:rsidR="00371562" w:rsidRDefault="004E47E8" w:rsidP="00371562">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:rPr>
           <w:id w:val="-175125772"/>
           <w:placeholder>
             <w:docPart w:val="4A24BC0349C64E3BB03E33BD78990DFD"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Wählen Sie eine Priorität"/>
             <w:listItem w:displayText="1" w:value="1"/>
             <w:listItem w:displayText="2" w:value="2"/>
             <w:listItem w:displayText="3" w:value="3"/>
             <w:listItem w:displayText="0" w:value="0"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007E50AF">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:rPr>
             <w:t>0</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00371562">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kinderkrippe „Kleine Welt“ Reichertshausen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52757144" w14:textId="1E33382F" w:rsidR="00371562" w:rsidRDefault="0081142A" w:rsidP="00371562">
+    <w:p w14:paraId="52757144" w14:textId="1E33382F" w:rsidR="00371562" w:rsidRDefault="004E47E8" w:rsidP="00371562">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:rPr>
           <w:id w:val="1055207256"/>
           <w:placeholder>
             <w:docPart w:val="10A3E0DBB2C1438386E14C1078372BC1"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Wählen Sie eine Priorität"/>
             <w:listItem w:displayText="1" w:value="1"/>
             <w:listItem w:displayText="2" w:value="2"/>
             <w:listItem w:displayText="3" w:value="3"/>
@@ -354,51 +354,51 @@
       <w:r w:rsidR="00371562">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kindergarten „Funkelstein“ Steinkirchen</w:t>
       </w:r>
       <w:r w:rsidR="00371562">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00371562">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EAA71BF" w14:textId="401756EC" w:rsidR="00371562" w:rsidRDefault="0081142A" w:rsidP="00371562">
+    <w:p w14:paraId="0EAA71BF" w14:textId="401756EC" w:rsidR="00371562" w:rsidRDefault="004E47E8" w:rsidP="00371562">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:rPr>
           <w:id w:val="-2022924262"/>
           <w:placeholder>
             <w:docPart w:val="D1AE4BCFF1E547088B1CFBAF89639C50"/>
           </w:placeholder>
           <w:comboBox>
             <w:listItem w:value="Wählen Sie eine Priorität"/>
             <w:listItem w:displayText="1" w:value="1"/>
             <w:listItem w:displayText="2" w:value="2"/>
             <w:listItem w:displayText="3" w:value="3"/>
@@ -4124,68 +4124,61 @@
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00371562" w14:paraId="0CD39C12" w14:textId="77777777" w:rsidTr="001855C3">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB99EA6" w14:textId="77777777" w:rsidR="00371562" w:rsidRDefault="00371562" w:rsidP="001855C3">
+          <w:p w14:paraId="5CB99EA6" w14:textId="6764BCF8" w:rsidR="00371562" w:rsidRDefault="00371562" w:rsidP="001855C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Herkunftsnationalität</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>(Bitte Kopie des Ausweises beifügen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:alias w:val="Herkunftsnachweis"/>
             <w:tag w:val="Herkunftsnachweis"/>
             <w:id w:val="-235862536"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3600" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="58082636" w14:textId="5089C91E" w:rsidR="00371562" w:rsidRDefault="00FB04C6" w:rsidP="001855C3">
                 <w:pPr>
@@ -4219,51 +4212,71 @@
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3600" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="4BAED2A3" w14:textId="4120F71F" w:rsidR="00371562" w:rsidRDefault="00FB04C6" w:rsidP="001855C3">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D1724C0" w14:textId="6CD0D492" w:rsidR="00371562" w:rsidRPr="004D5AE6" w:rsidRDefault="00371562" w:rsidP="00371562">
+    <w:p w14:paraId="3BC2492A" w14:textId="77777777" w:rsidR="0006314B" w:rsidRDefault="0006314B" w:rsidP="00371562">
+      <w:pPr>
+        <w:ind w:left="-360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B0771DA" w14:textId="77777777" w:rsidR="0006314B" w:rsidRDefault="0006314B" w:rsidP="00371562">
+      <w:pPr>
+        <w:ind w:left="-360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D1724C0" w14:textId="277DAAA0" w:rsidR="00371562" w:rsidRPr="004D5AE6" w:rsidRDefault="00371562" w:rsidP="00371562">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Neben den oben genannten Personensorgeberechtigten sind zur Abholung des Kindes folgende Personen (Volljährig) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>berechtigt:</w:t>
@@ -5982,106 +5995,108 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="644431071">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="GmsYbLCyZj/dCX0K8vyNYWQo/yxZO/pRgdb9tR8mzo48i6QSoIHdBwzGuRFa7dwVPYDcD64eHNvfwmM4DB+H8Q==" w:salt="kFUSBnYgyhVYXPkD+dUHhA=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="K9aNpDn8eb5Z4k3EhO3m1EA31yuoVwxFAqe5eg+CGHGHSa9jM2DypZJbZIN59DxuFyVbieBtyLS2MdbszBgVtQ==" w:salt="2NC50JhpAYhnYMUm5eK46A=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00371562"/>
+    <w:rsid w:val="0006314B"/>
     <w:rsid w:val="00100A14"/>
     <w:rsid w:val="00371562"/>
+    <w:rsid w:val="004E47E8"/>
     <w:rsid w:val="005619E2"/>
     <w:rsid w:val="005622E1"/>
     <w:rsid w:val="0072778E"/>
     <w:rsid w:val="007520C5"/>
     <w:rsid w:val="00756F90"/>
     <w:rsid w:val="007E50AF"/>
     <w:rsid w:val="0081142A"/>
     <w:rsid w:val="008346A4"/>
     <w:rsid w:val="00D75C78"/>
     <w:rsid w:val="00DC54CB"/>
     <w:rsid w:val="00FB04C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1EDCE6C9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{36D75047-568B-44A7-B7A9-A21ACAD7EABC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -8720,69 +8735,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CDB67436-B495-42F9-A2DC-CA8AA45AB258}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>414</Words>
-  <Characters>2609</Characters>
+  <Words>409</Words>
+  <Characters>2579</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3017</CharactersWithSpaces>
+  <CharactersWithSpaces>2983</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alexander Fischer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>