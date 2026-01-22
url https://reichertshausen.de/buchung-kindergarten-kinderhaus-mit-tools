--- v0 (2025-10-30)
+++ v1 (2026-01-22)
@@ -4687,90 +4687,90 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4 Std.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C45363D" w14:textId="74E9A511" w:rsidR="001A1414" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
+          <w:p w14:paraId="2C45363D" w14:textId="329D33CC" w:rsidR="001A1414" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004C7F85">
-[...5 lines deleted...]
-              <w:t>71</w:t>
+            <w:r w:rsidR="00A348CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>85</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r w:rsidR="00040B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>€</w:t>
             </w:r>
@@ -4805,93 +4805,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58A35850" w14:textId="13952E1A" w:rsidR="001A1414" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
+          <w:p w14:paraId="58A35850" w14:textId="07C2D185" w:rsidR="001A1414" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004C7F85">
+            <w:r w:rsidR="00A348CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>81</w:t>
+              <w:t>95</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,- €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1414" w:rsidRPr="00E534BF" w14:paraId="66E03D23" w14:textId="77777777" w:rsidTr="001A1414">
         <w:trPr>
           <w:trHeight w:val="313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BDDBDD4" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00E534BF">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
@@ -4907,92 +4907,84 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>über 4 – 5 Std.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04C85CB0" w14:textId="6316A096" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
+          <w:p w14:paraId="04C85CB0" w14:textId="10BAF1DF" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00A348CF" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00855CF1">
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,- €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15988A5B" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
@@ -5009,95 +5001,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="003A2EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1800844D" w14:textId="68EE8790" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
+          <w:p w14:paraId="1800844D" w14:textId="747061D1" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00A348CF" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00855CF1">
+              <w:t>212</w:t>
+            </w:r>
+            <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1414" w:rsidRPr="00E534BF" w14:paraId="2CB4F5E0" w14:textId="77777777" w:rsidTr="001A1414">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43964646" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00E534BF">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
@@ -5111,82 +5094,90 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">über 5 – 6 Std. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7712CE1B" w14:textId="4279B5C9" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="004C7F85" w:rsidP="00855CF1">
+          <w:p w14:paraId="7712CE1B" w14:textId="11B4A8F4" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="004C7F85" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>207</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A348CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>24</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2779EA7B" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
@@ -5205,93 +5196,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B253027" w14:textId="7510F0CE" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00040B83" w:rsidP="00855CF1">
+          <w:p w14:paraId="0B253027" w14:textId="3E17DA8C" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00040B83" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004C7F85">
+            <w:r w:rsidR="00A348CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>34</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1414" w:rsidRPr="00E534BF" w14:paraId="5219F8F6" w14:textId="77777777" w:rsidTr="001A1414">
         <w:trPr>
           <w:trHeight w:val="313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35496493" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00E534BF">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
@@ -5307,90 +5298,90 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>über 6 – 7 Std.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA418D8" w14:textId="5C79A095" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00040B83" w:rsidP="00855CF1">
+          <w:p w14:paraId="5BA418D8" w14:textId="5C2E0A50" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00040B83" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004C7F85">
-[...5 lines deleted...]
-              <w:t>25</w:t>
+            <w:r w:rsidR="00A348CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>43</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4159EE36" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
@@ -5409,93 +5400,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32145BFE" w14:textId="6686C9A5" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00040B83" w:rsidP="00855CF1">
+          <w:p w14:paraId="32145BFE" w14:textId="619668D9" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00040B83" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004C7F85">
+            <w:r w:rsidR="00A348CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>35</w:t>
+              <w:t>53</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1414" w:rsidRPr="00E534BF" w14:paraId="10425B0B" w14:textId="77777777" w:rsidTr="001A1414">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4970DF77" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00E534BF">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
@@ -5511,90 +5502,98 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">über 7 – 8 Std. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A39B9DE" w14:textId="1622F04D" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00040B83" w:rsidP="00855CF1">
+          <w:p w14:paraId="0A39B9DE" w14:textId="7CCAF43C" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00040B83" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
+            <w:r w:rsidR="00A348CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
             <w:r w:rsidR="004C7F85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>46</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="639C20C2" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
@@ -5613,93 +5612,102 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77A1ABA2" w14:textId="70F7ED34" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="009005E0" w:rsidP="00855CF1">
+          <w:p w14:paraId="77A1ABA2" w14:textId="107E4B4E" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="009005E0" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
+            <w:r w:rsidR="00A348CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
             <w:r w:rsidR="004C7F85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>56</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1414" w:rsidRPr="00E534BF" w14:paraId="06924CB9" w14:textId="77777777" w:rsidTr="001A1414">
         <w:trPr>
           <w:trHeight w:val="313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CAB6BC4" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00E534BF">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
@@ -5716,90 +5724,90 @@
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk505775023"/>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">über 8 – 9 Std. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="375235F0" w14:textId="23ABBCCF" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="009005E0" w:rsidP="00855CF1">
+          <w:p w14:paraId="375235F0" w14:textId="1A7B0134" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="009005E0" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004C7F85">
-[...5 lines deleted...]
-              <w:t>68</w:t>
+            <w:r w:rsidR="00A348CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>89</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67EC1C11" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
@@ -5818,102 +5826,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67FD96E2" w14:textId="0C424CBE" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="009005E0" w:rsidP="00855CF1">
+          <w:p w14:paraId="67FD96E2" w14:textId="03B5806C" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="009005E0" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004C7F85">
+            <w:r w:rsidR="00A348CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...8 lines deleted...]
-              <w:t>8</w:t>
+              <w:t>99</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1414" w:rsidRPr="00E534BF" w14:paraId="269254AE" w14:textId="77777777" w:rsidTr="001A1414">
         <w:trPr>
           <w:trHeight w:val="313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="359608E9" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00E534BF">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
@@ -5929,90 +5928,82 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>über 9 – 10 Std.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57E092DB" w14:textId="2231717A" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="009005E0" w:rsidP="00855CF1">
+          <w:p w14:paraId="57E092DB" w14:textId="2C11ADEB" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00A348CF" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...7 lines deleted...]
-              <w:t>85</w:t>
+              <w:t>308</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r w:rsidR="001A1414">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">€ </w:t>
             </w:r>
@@ -6047,184 +6038,159 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F060F9F" w14:textId="30225087" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="009005E0" w:rsidP="00855CF1">
+          <w:p w14:paraId="7F060F9F" w14:textId="58D231A3" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00A348CF" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...8 lines deleted...]
-              <w:t>95</w:t>
+              <w:t>318</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r w:rsidR="001A1414">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">€ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="56C74BE2" w14:textId="77777777" w:rsidR="002B461A" w:rsidRDefault="001A1414">
+    <w:p w14:paraId="56C74BE2" w14:textId="3E98F978" w:rsidR="002B461A" w:rsidRDefault="001A1414">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="002B461A" w:rsidRPr="002B461A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ittagessen pro </w:t>
       </w:r>
       <w:r w:rsidR="004C5E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tag </w:t>
       </w:r>
-      <w:r w:rsidR="004C5E99" w:rsidRPr="004C5E99">
+      <w:r w:rsidR="00A348CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4,</w:t>
-[...15 lines deleted...]
-        <w:t>0</w:t>
+        <w:t>5,50</w:t>
       </w:r>
       <w:r w:rsidR="004C5E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D20EA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>€</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36B7118B" w14:textId="77777777" w:rsidR="002B461A" w:rsidRDefault="00797DFF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -7037,51 +7003,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1765806937">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1942764607">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="vjrR6sjQmEox6gxy/prg+uKlXsbHax3XwxC+L6iB0pXxEkMC42BAwn2uRJCL0IUbH3ReCN0kMN95LpJdk+m0Nw==" w:salt="KKSzJ/SHd4Eqd7OfEGjSbw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="+vty+KvXtFSC82VIfy/FGs8tqo3rAKw4Dhm3js74ISl1yGFDfX+LtT7TIbTXi7pAGJOBO83u+TQ0+7Xn3ddyPg==" w:salt="AIxS/jDCd26kFo66kKxzRg=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -7122,88 +7088,91 @@
     <w:rsid w:val="004C7F85"/>
     <w:rsid w:val="005515FA"/>
     <w:rsid w:val="005D3FB1"/>
     <w:rsid w:val="005E1FA7"/>
     <w:rsid w:val="005E6F74"/>
     <w:rsid w:val="005F2677"/>
     <w:rsid w:val="00623E73"/>
     <w:rsid w:val="00633B78"/>
     <w:rsid w:val="00652BD4"/>
     <w:rsid w:val="00666094"/>
     <w:rsid w:val="006722C7"/>
     <w:rsid w:val="00703ACF"/>
     <w:rsid w:val="00797DFF"/>
     <w:rsid w:val="007A4356"/>
     <w:rsid w:val="007E2E37"/>
     <w:rsid w:val="00855CF1"/>
     <w:rsid w:val="008812AB"/>
     <w:rsid w:val="008A0D15"/>
     <w:rsid w:val="008A115B"/>
     <w:rsid w:val="008D0BEB"/>
     <w:rsid w:val="008D240B"/>
     <w:rsid w:val="009005E0"/>
     <w:rsid w:val="00944971"/>
     <w:rsid w:val="00A2442C"/>
     <w:rsid w:val="00A25455"/>
+    <w:rsid w:val="00A348CF"/>
     <w:rsid w:val="00AB0876"/>
     <w:rsid w:val="00AF09CB"/>
     <w:rsid w:val="00B145CF"/>
     <w:rsid w:val="00B1696B"/>
     <w:rsid w:val="00B22AB8"/>
+    <w:rsid w:val="00B23FF6"/>
     <w:rsid w:val="00B26E26"/>
     <w:rsid w:val="00B474BE"/>
     <w:rsid w:val="00B95490"/>
     <w:rsid w:val="00BB53CB"/>
     <w:rsid w:val="00BD3688"/>
     <w:rsid w:val="00BE7853"/>
     <w:rsid w:val="00BF4703"/>
     <w:rsid w:val="00C12827"/>
     <w:rsid w:val="00C24645"/>
     <w:rsid w:val="00C31E78"/>
     <w:rsid w:val="00C46CD8"/>
     <w:rsid w:val="00C52FA9"/>
     <w:rsid w:val="00C63128"/>
     <w:rsid w:val="00C67C74"/>
     <w:rsid w:val="00C67F39"/>
     <w:rsid w:val="00C700B5"/>
     <w:rsid w:val="00C85F60"/>
     <w:rsid w:val="00CB0160"/>
     <w:rsid w:val="00CE469B"/>
     <w:rsid w:val="00D20EA6"/>
     <w:rsid w:val="00D911C2"/>
     <w:rsid w:val="00DC00E0"/>
     <w:rsid w:val="00DF7FC9"/>
     <w:rsid w:val="00E45C10"/>
     <w:rsid w:val="00E534BF"/>
     <w:rsid w:val="00E660E1"/>
     <w:rsid w:val="00EA31BD"/>
     <w:rsid w:val="00EB6523"/>
     <w:rsid w:val="00EB7D24"/>
     <w:rsid w:val="00ED2AC6"/>
     <w:rsid w:val="00ED603F"/>
     <w:rsid w:val="00F470B0"/>
     <w:rsid w:val="00F55C77"/>
+    <w:rsid w:val="00F57E15"/>
     <w:rsid w:val="00F70A8E"/>
     <w:rsid w:val="00F931D7"/>
     <w:rsid w:val="00F95118"/>
     <w:rsid w:val="00FB36AC"/>
     <w:rsid w:val="00FC563E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">