--- v0 (2025-10-30)
+++ v1 (2026-01-22)
@@ -4176,90 +4176,82 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4 Std.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1640377B" w14:textId="3FFBD6CC" w:rsidR="001A1414" w:rsidRDefault="00785486" w:rsidP="00855CF1">
+          <w:p w14:paraId="1640377B" w14:textId="168ECC3C" w:rsidR="001A1414" w:rsidRDefault="00550A38" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...7 lines deleted...]
-              <w:t>93</w:t>
+              <w:t>311</w:t>
             </w:r>
             <w:r w:rsidR="001A1414">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r w:rsidR="00893C34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A1414">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>€</w:t>
             </w:r>
@@ -4294,84 +4286,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D498D03" w14:textId="4EF9B257" w:rsidR="001A1414" w:rsidRDefault="00893C34" w:rsidP="00855CF1">
+          <w:p w14:paraId="7D498D03" w14:textId="06476CE7" w:rsidR="001A1414" w:rsidRDefault="00893C34" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>303</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00550A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21</w:t>
             </w:r>
             <w:r w:rsidR="001A1414">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,- €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1414" w:rsidRPr="00E534BF" w14:paraId="2898B002" w14:textId="77777777" w:rsidTr="001A1414">
         <w:trPr>
           <w:trHeight w:val="313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DD14063" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00E534BF">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
@@ -4387,90 +4388,98 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>über 4 – 5 Std.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9FFDAA" w14:textId="603BA164" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="0097459B" w:rsidP="00855CF1">
+          <w:p w14:paraId="6F9FFDAA" w14:textId="3E9F37BD" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="0097459B" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
+            <w:r w:rsidR="00550A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
             <w:r w:rsidR="00893C34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>31</w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,- €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67D34B95" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
@@ -4489,93 +4498,102 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="003A2EB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,00 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30077177" w14:textId="704F839E" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="0097459B" w:rsidP="00855CF1">
+          <w:p w14:paraId="30077177" w14:textId="542BF754" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="0097459B" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
+            <w:r w:rsidR="00550A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
             <w:r w:rsidR="00893C34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>41</w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1414" w:rsidRPr="00E534BF" w14:paraId="7ACB35BA" w14:textId="77777777" w:rsidTr="001A1414">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04A50509" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00E534BF">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
@@ -4591,90 +4609,90 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">über 5 – 6 Std. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49BEE89C" w14:textId="095F055C" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00785486" w:rsidP="00855CF1">
+          <w:p w14:paraId="49BEE89C" w14:textId="75D7F54C" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00785486" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00893C34">
-[...5 lines deleted...]
-              <w:t>66</w:t>
+            <w:r w:rsidR="00550A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>88</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BEE874F" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
@@ -4693,93 +4711,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48C9A4FC" w14:textId="7A982739" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00785486" w:rsidP="00855CF1">
+          <w:p w14:paraId="48C9A4FC" w14:textId="693BD33F" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00785486" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00893C34">
+            <w:r w:rsidR="00550A38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>76</w:t>
+              <w:t>98</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1414" w:rsidRPr="00E534BF" w14:paraId="5F328A3B" w14:textId="77777777" w:rsidTr="001A1414">
         <w:trPr>
           <w:trHeight w:val="313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60D92D22" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00E534BF">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
@@ -4795,82 +4813,90 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>über 6 – 7 Std.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06A56844" w14:textId="249618C0" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00893C34" w:rsidP="00855CF1">
+          <w:p w14:paraId="06A56844" w14:textId="4DD4909B" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00893C34" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>405</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00550A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="129DB64C" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
@@ -4889,84 +4915,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="476740EC" w14:textId="7C7A140B" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00893C34" w:rsidP="00855CF1">
+          <w:p w14:paraId="476740EC" w14:textId="5E66BDCC" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00893C34" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>415</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00550A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>39</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1414" w:rsidRPr="00E534BF" w14:paraId="1345AFCD" w14:textId="77777777" w:rsidTr="001A1414">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30EDD3E0" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00E534BF">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
@@ -4982,90 +5017,90 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">über 7 – 8 Std. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE5F511" w14:textId="05B3D616" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="0097459B" w:rsidP="00855CF1">
+          <w:p w14:paraId="2EE5F511" w14:textId="28CCA347" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="0097459B" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00893C34">
-[...5 lines deleted...]
-              <w:t>47</w:t>
+            <w:r w:rsidR="00550A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>74</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46F76BF6" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
@@ -5084,93 +5119,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CF58D98" w14:textId="3E77F9D3" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="0097459B" w:rsidP="00855CF1">
+          <w:p w14:paraId="1CF58D98" w14:textId="6E269393" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="0097459B" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00893C34">
+            <w:r w:rsidR="00550A38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>57</w:t>
+              <w:t>84</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1414" w:rsidRPr="00E534BF" w14:paraId="7356DB8C" w14:textId="77777777" w:rsidTr="001A1414">
         <w:trPr>
           <w:trHeight w:val="313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73760C0F" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00E534BF">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
@@ -5187,90 +5222,82 @@
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk505775023"/>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">über 8 – 9 Std. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12B98B52" w14:textId="3FDE1D2D" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00785486" w:rsidP="00855CF1">
+          <w:p w14:paraId="12B98B52" w14:textId="655CC10C" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00550A38" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...7 lines deleted...]
-              <w:t>93</w:t>
+              <w:t>523</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7322839B" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
@@ -5289,84 +5316,102 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E1FC1B4" w14:textId="1CF7277B" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00893C34" w:rsidP="00855CF1">
+          <w:p w14:paraId="0E1FC1B4" w14:textId="2D01DA31" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="00893C34" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>503</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00550A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,- € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1414" w:rsidRPr="00E534BF" w14:paraId="38B62DDB" w14:textId="77777777" w:rsidTr="001A1414">
         <w:trPr>
           <w:trHeight w:val="313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66317CCC" w14:textId="77777777" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="001A1414" w:rsidP="00E534BF">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
@@ -5382,98 +5427,90 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>über 9 – 10 Std.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="138D9087" w14:textId="1BDB13C5" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="0097459B" w:rsidP="00855CF1">
+          <w:p w14:paraId="138D9087" w14:textId="303A8A78" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="0097459B" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00893C34">
-[...13 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="00550A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>64</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r w:rsidR="001A1414">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">€ </w:t>
             </w:r>
@@ -5508,168 +5545,184 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28FACDCE" w14:textId="6158DE99" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="0097459B" w:rsidP="00855CF1">
+          <w:p w14:paraId="28FACDCE" w14:textId="09D95678" w:rsidR="001A1414" w:rsidRPr="00855CF1" w:rsidRDefault="0097459B" w:rsidP="00855CF1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00893C34">
+            <w:r w:rsidR="00550A38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>42</w:t>
+              <w:t>74</w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r w:rsidR="001A1414">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A1414" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">€ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="4009F21E" w14:textId="77777777" w:rsidR="002B461A" w:rsidRDefault="001A1414">
+    <w:p w14:paraId="4009F21E" w14:textId="5B4F145C" w:rsidR="002B461A" w:rsidRDefault="001A1414">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="002B461A" w:rsidRPr="002B461A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ittagessen pro </w:t>
       </w:r>
       <w:r w:rsidR="004C5E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tag </w:t>
       </w:r>
       <w:r w:rsidR="00785486">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3,00</w:t>
+        <w:t>3,</w:t>
+      </w:r>
+      <w:r w:rsidR="00550A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00785486">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="004C5E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D20EA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>€</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="589A2E48" w14:textId="77777777" w:rsidR="002B461A" w:rsidRDefault="00797DFF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -6492,51 +6545,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="552081586">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="414473906">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="TWF4b/DrsZyUHOhRh4MZgG7PkGwjDFSHfBAUAIbimFGq3eTMZVTGXsZYzFf+6XKW+s7tyNa77T8Ik8i3AlyZGg==" w:salt="Mkib7Lb5pQkWtKOYfDzQ4A=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="EN/tOWV5NBE02BLAkwjZfSjSK4EvajrW2SWtYwpeG+vChWL+EK38Su8YdNxCUk6eBlot6jMEoJt1yj0RgfQetA==" w:salt="ySupOOn5BUJWwK81tkAH0Q=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -6551,50 +6604,51 @@
     <w:rsid w:val="000D1A78"/>
     <w:rsid w:val="000F7550"/>
     <w:rsid w:val="00100E86"/>
     <w:rsid w:val="001168CD"/>
     <w:rsid w:val="0016123F"/>
     <w:rsid w:val="001A1414"/>
     <w:rsid w:val="001B0E75"/>
     <w:rsid w:val="00200B15"/>
     <w:rsid w:val="00212A83"/>
     <w:rsid w:val="00222DC2"/>
     <w:rsid w:val="002B461A"/>
     <w:rsid w:val="002C11F3"/>
     <w:rsid w:val="002D77FD"/>
     <w:rsid w:val="002E20F0"/>
     <w:rsid w:val="003A2C9A"/>
     <w:rsid w:val="003A2EB9"/>
     <w:rsid w:val="003C19EC"/>
     <w:rsid w:val="003D5274"/>
     <w:rsid w:val="003F28EE"/>
     <w:rsid w:val="003F2BE3"/>
     <w:rsid w:val="00401646"/>
     <w:rsid w:val="00414CCF"/>
     <w:rsid w:val="00421A22"/>
     <w:rsid w:val="00481BA2"/>
     <w:rsid w:val="004C5E99"/>
+    <w:rsid w:val="00550A38"/>
     <w:rsid w:val="005515FA"/>
     <w:rsid w:val="005C216C"/>
     <w:rsid w:val="005D3FB1"/>
     <w:rsid w:val="005E1FA7"/>
     <w:rsid w:val="005E6F74"/>
     <w:rsid w:val="005F2677"/>
     <w:rsid w:val="00633B78"/>
     <w:rsid w:val="00652BD4"/>
     <w:rsid w:val="00666094"/>
     <w:rsid w:val="006722C7"/>
     <w:rsid w:val="00703ACF"/>
     <w:rsid w:val="00785486"/>
     <w:rsid w:val="00797DFF"/>
     <w:rsid w:val="007A0BC2"/>
     <w:rsid w:val="007D1006"/>
     <w:rsid w:val="007E2E37"/>
     <w:rsid w:val="00855CF1"/>
     <w:rsid w:val="008812AB"/>
     <w:rsid w:val="00893C34"/>
     <w:rsid w:val="008A0D15"/>
     <w:rsid w:val="008A115B"/>
     <w:rsid w:val="008D0BEB"/>
     <w:rsid w:val="008D240B"/>
     <w:rsid w:val="008E3101"/>
     <w:rsid w:val="009005E0"/>
@@ -6608,62 +6662,64 @@
     <w:rsid w:val="00B22AB8"/>
     <w:rsid w:val="00B26E26"/>
     <w:rsid w:val="00B474BE"/>
     <w:rsid w:val="00B95490"/>
     <w:rsid w:val="00B974E5"/>
     <w:rsid w:val="00BB53CB"/>
     <w:rsid w:val="00BD3688"/>
     <w:rsid w:val="00BF4703"/>
     <w:rsid w:val="00C12827"/>
     <w:rsid w:val="00C24645"/>
     <w:rsid w:val="00C31E78"/>
     <w:rsid w:val="00C46CD8"/>
     <w:rsid w:val="00C63128"/>
     <w:rsid w:val="00C67C74"/>
     <w:rsid w:val="00C67F39"/>
     <w:rsid w:val="00C700B5"/>
     <w:rsid w:val="00C85F60"/>
     <w:rsid w:val="00CB0160"/>
     <w:rsid w:val="00CE469B"/>
     <w:rsid w:val="00D20EA6"/>
     <w:rsid w:val="00D911C2"/>
     <w:rsid w:val="00DC00E0"/>
     <w:rsid w:val="00DF7FC9"/>
     <w:rsid w:val="00E45C10"/>
     <w:rsid w:val="00E534BF"/>
+    <w:rsid w:val="00E63B2A"/>
     <w:rsid w:val="00E660E1"/>
     <w:rsid w:val="00EA31BD"/>
     <w:rsid w:val="00EB7D24"/>
     <w:rsid w:val="00ED2AC6"/>
     <w:rsid w:val="00ED603F"/>
     <w:rsid w:val="00F470B0"/>
     <w:rsid w:val="00F55C77"/>
     <w:rsid w:val="00F70A8E"/>
     <w:rsid w:val="00F931D7"/>
     <w:rsid w:val="00F95118"/>
     <w:rsid w:val="00FB36AC"/>
     <w:rsid w:val="00FC563E"/>
+    <w:rsid w:val="00FF1514"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>