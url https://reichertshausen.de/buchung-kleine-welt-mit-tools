--- v0 (2025-10-30)
+++ v1 (2026-01-23)
@@ -4034,108 +4034,100 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4 Std.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="634FE394" w14:textId="64BA5CDE" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="0092334B" w:rsidP="000A07E1">
+          <w:p w14:paraId="634FE394" w14:textId="730AF259" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="0063554B" w:rsidP="000A07E1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00855CF1">
+              <w:t>311</w:t>
+            </w:r>
+            <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0092334B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
-            <w:r w:rsidRPr="00855CF1">
+            <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> € </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4206" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ADA867A" w14:textId="77777777" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="0092334B" w:rsidP="000A07E1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
@@ -4152,84 +4144,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 €  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C65A466" w14:textId="00B7303C" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="00986377" w:rsidP="000A07E1">
+          <w:p w14:paraId="7C65A466" w14:textId="72B067C9" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="00986377" w:rsidP="000A07E1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>303</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="0063554B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21</w:t>
             </w:r>
             <w:r w:rsidR="0092334B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,00</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092334B" w:rsidRPr="00E534BF" w14:paraId="221E00C9" w14:textId="77777777" w:rsidTr="000A07E1">
         <w:trPr>
           <w:trHeight w:val="313"/>
@@ -4254,90 +4255,90 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>über 4 – 5 Std.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46841DBA" w14:textId="78EF3D59" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="006B3D1F" w:rsidP="000A07E1">
+          <w:p w14:paraId="46841DBA" w14:textId="0A32F7D3" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="006B3D1F" w:rsidP="000A07E1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00986377">
-[...5 lines deleted...]
-              <w:t>31</w:t>
+            <w:r w:rsidR="0063554B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>51</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="0092334B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
@@ -4372,93 +4373,102 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 €  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA9C602" w14:textId="1AC44FC7" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="00BA327C" w:rsidP="000A07E1">
+          <w:p w14:paraId="0EA9C602" w14:textId="7B93A730" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="00BA327C" w:rsidP="000A07E1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
+            <w:r w:rsidR="0063554B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
             <w:r w:rsidR="00986377">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>41</w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0092334B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,00</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092334B" w:rsidRPr="00E534BF" w14:paraId="1AAEE5D6" w14:textId="77777777" w:rsidTr="000A07E1">
         <w:trPr>
           <w:trHeight w:val="299"/>
@@ -4483,90 +4493,90 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">über 5 – 6 Std. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49338C96" w14:textId="07FFD08E" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="001E4896" w:rsidP="000A07E1">
+          <w:p w14:paraId="49338C96" w14:textId="606224EA" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="001E4896" w:rsidP="000A07E1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00986377">
-[...5 lines deleted...]
-              <w:t>66</w:t>
+            <w:r w:rsidR="0063554B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>88</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="0092334B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> € </w:t>
             </w:r>
@@ -4601,93 +4611,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 €  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31EE3689" w14:textId="1646331A" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="001E4896" w:rsidP="000A07E1">
+          <w:p w14:paraId="31EE3689" w14:textId="2FA8ACDD" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="001E4896" w:rsidP="000A07E1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00986377">
+            <w:r w:rsidR="0063554B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>76</w:t>
+              <w:t>98</w:t>
             </w:r>
             <w:r w:rsidR="0092334B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,00</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092334B" w:rsidRPr="00E534BF" w14:paraId="23B3409D" w14:textId="77777777" w:rsidTr="000A07E1">
         <w:trPr>
           <w:trHeight w:val="313"/>
@@ -4712,82 +4722,90 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>über 6 – 7 Std.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB71FF9" w14:textId="7635CD3B" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="00986377" w:rsidP="000A07E1">
+          <w:p w14:paraId="0EB71FF9" w14:textId="58514550" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="00986377" w:rsidP="000A07E1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>405</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="0063554B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="0092334B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> € </w:t>
             </w:r>
@@ -4822,84 +4840,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 €  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B695A1F" w14:textId="5DBF5E3B" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="00986377" w:rsidP="000A07E1">
+          <w:p w14:paraId="4B695A1F" w14:textId="7B8EF0A4" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="00986377" w:rsidP="000A07E1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>415</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="0063554B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>39</w:t>
             </w:r>
             <w:r w:rsidR="0092334B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,00</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092334B" w:rsidRPr="00E534BF" w14:paraId="06AE7B95" w14:textId="77777777" w:rsidTr="000A07E1">
         <w:trPr>
           <w:trHeight w:val="299"/>
@@ -4924,90 +4951,90 @@
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">über 7 – 8 Std. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="781BEBA7" w14:textId="562C9DA7" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="006B3D1F" w:rsidP="000A07E1">
+          <w:p w14:paraId="781BEBA7" w14:textId="0323EDD2" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="006B3D1F" w:rsidP="000A07E1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00986377">
-[...5 lines deleted...]
-              <w:t>47</w:t>
+            <w:r w:rsidR="0063554B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>74</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="0092334B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> € </w:t>
             </w:r>
@@ -5042,93 +5069,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 €  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AAF0061" w14:textId="020517E6" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="00BA327C" w:rsidP="000A07E1">
+          <w:p w14:paraId="5AAF0061" w14:textId="46FCA39D" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="00BA327C" w:rsidP="000A07E1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00986377">
+            <w:r w:rsidR="0063554B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>57</w:t>
+              <w:t>84</w:t>
             </w:r>
             <w:r w:rsidR="0092334B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,00</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092334B" w:rsidRPr="00E534BF" w14:paraId="03CAB4CD" w14:textId="77777777" w:rsidTr="000A07E1">
         <w:trPr>
           <w:trHeight w:val="313"/>
@@ -5154,90 +5181,82 @@
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk505775023"/>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">über 8 – 9 Std. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC35DD2" w14:textId="7D941302" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="001E4896" w:rsidP="000A07E1">
+          <w:p w14:paraId="7FC35DD2" w14:textId="52A5F7A9" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="0063554B" w:rsidP="000A07E1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...7 lines deleted...]
-              <w:t>93</w:t>
+              <w:t>523</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="0092334B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> € </w:t>
             </w:r>
@@ -5272,199 +5291,233 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">,00 €  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="028357C4" w14:textId="339243FC" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="00986377" w:rsidP="000A07E1">
+          <w:p w14:paraId="028357C4" w14:textId="59853DDC" w:rsidR="0092334B" w:rsidRPr="00855CF1" w:rsidRDefault="00986377" w:rsidP="000A07E1">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4248"/>
                 <w:tab w:val="left" w:pos="4956"/>
                 <w:tab w:val="left" w:pos="5664"/>
                 <w:tab w:val="left" w:pos="6372"/>
                 <w:tab w:val="left" w:pos="7080"/>
                 <w:tab w:val="left" w:pos="7788"/>
                 <w:tab w:val="left" w:pos="8496"/>
                 <w:tab w:val="left" w:pos="9880"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>503</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="0063554B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="006B3D1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="0092334B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="0092334B" w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> € </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="1286D19A" w14:textId="77777777" w:rsidR="002B461A" w:rsidRDefault="002B461A">
+    <w:p w14:paraId="1286D19A" w14:textId="40B0C41A" w:rsidR="002B461A" w:rsidRDefault="002B461A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B461A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mittagessen pro Tag</w:t>
       </w:r>
       <w:r w:rsidR="000C7FB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B0262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3,-</w:t>
+        <w:t>3,</w:t>
+      </w:r>
+      <w:r w:rsidR="0063554B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">70 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>€</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5923C319" w14:textId="77777777" w:rsidR="002B461A" w:rsidRDefault="00797DFF">
+    <w:p w14:paraId="5923C319" w14:textId="7438C6DC" w:rsidR="002B461A" w:rsidRDefault="00797DFF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00797DFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Frühstücksgebühr pro Monat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="001B0262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>12</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0063554B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,-€</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C59307" w14:textId="77777777" w:rsidR="00703ACF" w:rsidRDefault="00703ACF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01A63C9A" w14:textId="77777777" w:rsidR="00BD3688" w:rsidRDefault="00BD3688">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -5905,115 +5958,118 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="872571327">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Sw9iy+ADdzQKgqmTTDkf1HlhVKE2VO6TBRwBmTAu6dHPDHVnkUq+KZqbdufrsIxBPbOapSZMIPiRPn2KqWfffQ==" w:salt="Lywa3NMnx/hBT95BxuL8kA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="t8kohYOZnRXgo8IyDwzTdJgwmFIM0YlJlcnd/0OjwG41gv43c6sQUPnEDNnVzHh7Eaur0s/XwFiJim/RZkgr5w==" w:salt="hvjuFw8eHdl65Za7bB01SA=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC563E"/>
     <w:rsid w:val="00025506"/>
     <w:rsid w:val="00047B0C"/>
     <w:rsid w:val="000A07E1"/>
     <w:rsid w:val="000A3B5C"/>
     <w:rsid w:val="000C7FB1"/>
     <w:rsid w:val="000D1A78"/>
     <w:rsid w:val="000F7550"/>
     <w:rsid w:val="00100E86"/>
     <w:rsid w:val="00101B51"/>
     <w:rsid w:val="001B0262"/>
     <w:rsid w:val="001B0E75"/>
     <w:rsid w:val="001E4896"/>
     <w:rsid w:val="00200B15"/>
     <w:rsid w:val="002034AA"/>
     <w:rsid w:val="002110AD"/>
     <w:rsid w:val="00212A83"/>
     <w:rsid w:val="00222DC2"/>
     <w:rsid w:val="002B461A"/>
     <w:rsid w:val="002C11F3"/>
     <w:rsid w:val="002D77FD"/>
     <w:rsid w:val="002E20F0"/>
+    <w:rsid w:val="003B1F40"/>
     <w:rsid w:val="003C19EC"/>
     <w:rsid w:val="003F28EE"/>
     <w:rsid w:val="003F2BE3"/>
     <w:rsid w:val="00401646"/>
     <w:rsid w:val="00421A22"/>
     <w:rsid w:val="00481BA2"/>
     <w:rsid w:val="005515FA"/>
     <w:rsid w:val="005D3FB1"/>
     <w:rsid w:val="005E6F74"/>
     <w:rsid w:val="005F2677"/>
     <w:rsid w:val="00633B78"/>
     <w:rsid w:val="0063460C"/>
+    <w:rsid w:val="0063554B"/>
     <w:rsid w:val="00652BD4"/>
     <w:rsid w:val="00666094"/>
     <w:rsid w:val="006722C7"/>
     <w:rsid w:val="006B0DD0"/>
     <w:rsid w:val="006B3D1F"/>
     <w:rsid w:val="00703ACF"/>
     <w:rsid w:val="00797DFF"/>
     <w:rsid w:val="007B702C"/>
     <w:rsid w:val="007E2E37"/>
     <w:rsid w:val="00855CF1"/>
     <w:rsid w:val="00865FFD"/>
     <w:rsid w:val="008812AB"/>
     <w:rsid w:val="008A115B"/>
+    <w:rsid w:val="008A591C"/>
     <w:rsid w:val="008D0BEB"/>
     <w:rsid w:val="008D240B"/>
     <w:rsid w:val="0092334B"/>
     <w:rsid w:val="00944971"/>
     <w:rsid w:val="00986377"/>
     <w:rsid w:val="00A2442C"/>
     <w:rsid w:val="00A27B91"/>
     <w:rsid w:val="00AA2173"/>
     <w:rsid w:val="00AB0876"/>
     <w:rsid w:val="00AC4EC1"/>
     <w:rsid w:val="00AF09CB"/>
     <w:rsid w:val="00B1696B"/>
     <w:rsid w:val="00B22AB8"/>
     <w:rsid w:val="00B26E26"/>
     <w:rsid w:val="00B474BE"/>
     <w:rsid w:val="00B95490"/>
     <w:rsid w:val="00BA327C"/>
     <w:rsid w:val="00BB53CB"/>
     <w:rsid w:val="00BD3688"/>
     <w:rsid w:val="00BF4703"/>
     <w:rsid w:val="00C12827"/>
     <w:rsid w:val="00C20686"/>
     <w:rsid w:val="00C24645"/>
     <w:rsid w:val="00C305B4"/>
     <w:rsid w:val="00C31E78"/>
@@ -7659,69 +7715,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56933380-8C91-4684-9150-1C9BFAC73D38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KIGAKOPF</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>291</Words>
-  <Characters>1603</Characters>
+  <Words>292</Words>
+  <Characters>1604</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1891</CharactersWithSpaces>
+  <CharactersWithSpaces>1893</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gemeinde Reichertshausen</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>