--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -176,51 +176,51 @@
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="3A459D8D" w14:textId="12038656" w:rsidR="00AF6F37" w:rsidRDefault="00AF6F37" w:rsidP="00993266">
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                         </w:rPr>
                         <w:drawing>
                           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F300CD6" wp14:editId="28D71F71">
                             <wp:extent cx="1054954" cy="663575"/>
                             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                             <wp:docPr id="2" name="Grafik 1"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 1"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId5">
+                                    <a:blip r:embed="rId6">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="1063132" cy="668719"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
@@ -1916,67 +1916,67 @@
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1861" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4F2E92BF" w14:textId="77777777" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="007B0155" w:rsidP="00895489">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>bis       4 Std/Tag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48C08AB8" w14:textId="32F464B2" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="000D4CF4" w:rsidP="007E7D2D">
+          <w:p w14:paraId="48C08AB8" w14:textId="776A1275" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="000D4CF4" w:rsidP="007E7D2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00FF38E9">
-[...3 lines deleted...]
-              <w:t>71</w:t>
+            <w:r w:rsidR="00E706E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>85</w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="0018052F" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
@@ -2222,67 +2222,61 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4749FFAF" w14:textId="77777777" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="007B0155" w:rsidP="00895489">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>über 4-5 Std/Tag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CE2B79C" w14:textId="0E1CFCBA" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="000D4CF4" w:rsidP="007E7D2D">
+          <w:p w14:paraId="7CE2B79C" w14:textId="5EF4E91D" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="00E706E1" w:rsidP="007E7D2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...5 lines deleted...]
-              <w:t>87</w:t>
+              <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">00 </w:t>
             </w:r>
             <w:r w:rsidR="0018052F" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>€</w:t>
@@ -2533,64 +2527,71 @@
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>über 5-6 Std/Tag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FAB4F67" w14:textId="03711D50" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="00FF38E9" w:rsidP="007E7D2D">
+          <w:p w14:paraId="5FAB4F67" w14:textId="40D1DB66" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="00FF38E9" w:rsidP="007E7D2D">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>207</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00E706E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
             </w:r>
             <w:r w:rsidR="00575213">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="0018052F" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
@@ -2849,71 +2850,71 @@
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>über 6-7 Std/Tag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="680E48AA" w14:textId="5EBC60CA" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="00575213" w:rsidP="00895489">
+          <w:p w14:paraId="680E48AA" w14:textId="71064261" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="00575213" w:rsidP="00895489">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00FF38E9">
+            <w:r w:rsidR="00E706E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>43</w:t>
             </w:r>
             <w:r w:rsidR="0018052F" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0018052F" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">00 </w:t>
             </w:r>
             <w:r w:rsidR="00C51C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0018052F" w:rsidRPr="00895489">
               <w:rPr>
@@ -3180,71 +3181,71 @@
           <w:p w14:paraId="1E8AC095" w14:textId="77777777" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="007B0155" w:rsidP="00895489">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>über 7-8 Std/Tag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C0ACCB3" w14:textId="33D45931" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="006B52B4" w:rsidP="00895489">
+          <w:p w14:paraId="4C0ACCB3" w14:textId="3AD123EF" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="006B52B4" w:rsidP="00895489">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00FF38E9">
+            <w:r w:rsidR="00E706E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>46</w:t>
+              <w:t>66</w:t>
             </w:r>
             <w:r w:rsidR="007E7D2D" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007E7D2D" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="00C51C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007E7D2D" w:rsidRPr="00895489">
               <w:rPr>
@@ -3511,71 +3512,71 @@
           <w:p w14:paraId="7BCFFF06" w14:textId="77777777" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="007B0155" w:rsidP="00895489">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>über 8-9 Std/Tag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75778D93" w14:textId="1CFF6D9E" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="006B52B4" w:rsidP="007E7D2D">
+          <w:p w14:paraId="75778D93" w14:textId="3C21826C" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="006B52B4" w:rsidP="007E7D2D">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00FF38E9">
+            <w:r w:rsidR="00E706E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>68</w:t>
+              <w:t>89</w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">00 </w:t>
             </w:r>
             <w:r w:rsidR="00C51C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
@@ -4902,114 +4903,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="JLGoTROf/F4em5XMGTEY8lUCHv0GgGxGFcjlxHzagAsUT+8pTf/GIF7/CcGUZReOe/VXjgjFcjzoADA5TPgrvA==" w:salt="OaIFl8vP+f4qKXTSpKOeQQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="dxtY36qxFH1LRS9GO6qy5TKi+mMlV+FvpDNSuSOAjLHL/RhmqNrLKnwy5nXtT+q/jRRtsbKU9cnns2gKFXTNqA==" w:salt="9jW8fQPQAPApPgc7vTEAfw=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B0155"/>
     <w:rsid w:val="00002880"/>
     <w:rsid w:val="00077D60"/>
+    <w:rsid w:val="000B5A49"/>
     <w:rsid w:val="000D4CF4"/>
     <w:rsid w:val="0018052F"/>
     <w:rsid w:val="00200F50"/>
     <w:rsid w:val="002A3A3D"/>
     <w:rsid w:val="00315B42"/>
     <w:rsid w:val="00357A6C"/>
+    <w:rsid w:val="003E1F53"/>
     <w:rsid w:val="003F6E7F"/>
     <w:rsid w:val="00461248"/>
     <w:rsid w:val="00485468"/>
     <w:rsid w:val="00531E9B"/>
     <w:rsid w:val="00575213"/>
     <w:rsid w:val="00577276"/>
     <w:rsid w:val="00595296"/>
     <w:rsid w:val="006B52B4"/>
     <w:rsid w:val="006F6272"/>
     <w:rsid w:val="00784D97"/>
     <w:rsid w:val="00785B36"/>
     <w:rsid w:val="007B0155"/>
     <w:rsid w:val="007E7D2D"/>
     <w:rsid w:val="008124E6"/>
     <w:rsid w:val="00821E23"/>
     <w:rsid w:val="00895489"/>
     <w:rsid w:val="008B129A"/>
     <w:rsid w:val="00901452"/>
     <w:rsid w:val="00957A7D"/>
     <w:rsid w:val="00993266"/>
     <w:rsid w:val="009A4E9A"/>
     <w:rsid w:val="009C07CE"/>
     <w:rsid w:val="009D0596"/>
     <w:rsid w:val="00A03627"/>
     <w:rsid w:val="00A14B1B"/>
     <w:rsid w:val="00A2129F"/>
     <w:rsid w:val="00AB3F28"/>
     <w:rsid w:val="00AF6F37"/>
     <w:rsid w:val="00B75A03"/>
     <w:rsid w:val="00B929D2"/>
     <w:rsid w:val="00B97ABC"/>
     <w:rsid w:val="00C13C6D"/>
     <w:rsid w:val="00C363F3"/>
     <w:rsid w:val="00C4469E"/>
     <w:rsid w:val="00C51C3E"/>
     <w:rsid w:val="00C77A15"/>
     <w:rsid w:val="00CB1C4B"/>
     <w:rsid w:val="00D3300A"/>
     <w:rsid w:val="00D72DB7"/>
     <w:rsid w:val="00D84035"/>
     <w:rsid w:val="00DD7A8C"/>
     <w:rsid w:val="00E01B31"/>
+    <w:rsid w:val="00E706E1"/>
     <w:rsid w:val="00F61EBF"/>
     <w:rsid w:val="00FF38E9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -5677,51 +5681,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1091662861">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AA667D85-72C4-47CF-B5FA-337072D98987}"/>
       </w:docPartPr>
       <w:docPartBody>