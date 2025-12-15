--- v0 (2025-11-01)
+++ v1 (2025-12-15)
@@ -1994,67 +1994,67 @@
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1861" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4F2E92BF" w14:textId="77777777" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="007B0155" w:rsidP="00895489">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>bis       4 Std/Tag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48C08AB8" w14:textId="06BE3BB6" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="000D4CF4" w:rsidP="007E7D2D">
+          <w:p w14:paraId="48C08AB8" w14:textId="4D87AFCA" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="000D4CF4" w:rsidP="007E7D2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00E749B6">
-[...3 lines deleted...]
-              <w:t>71</w:t>
+            <w:r w:rsidR="00BE07D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>85</w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="0018052F" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
@@ -2300,67 +2300,61 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4749FFAF" w14:textId="77777777" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="007B0155" w:rsidP="00895489">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>über 4-5 Std/Tag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CE2B79C" w14:textId="7DAF56E6" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="000D4CF4" w:rsidP="007E7D2D">
+          <w:p w14:paraId="7CE2B79C" w14:textId="45910CC0" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="00BE07D6" w:rsidP="007E7D2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...5 lines deleted...]
-              <w:t>87</w:t>
+              <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">00 </w:t>
             </w:r>
             <w:r w:rsidR="0018052F" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>€</w:t>
@@ -2611,64 +2605,64 @@
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>über 5-6 Std/Tag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FAB4F67" w14:textId="0B52BCCD" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="00E749B6" w:rsidP="007E7D2D">
+          <w:p w14:paraId="5FAB4F67" w14:textId="0EF5EC24" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="00BE07D6" w:rsidP="007E7D2D">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>207</w:t>
+              <w:t>224</w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="0018052F" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
@@ -2927,71 +2921,71 @@
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>über 6-7 Std/Tag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="680E48AA" w14:textId="48F6CB8A" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="00F30298" w:rsidP="00895489">
+          <w:p w14:paraId="680E48AA" w14:textId="1E2C72D2" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="00F30298" w:rsidP="00895489">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E749B6">
+            <w:r w:rsidR="00BE07D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>43</w:t>
             </w:r>
             <w:r w:rsidR="0018052F" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0018052F" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">00 </w:t>
             </w:r>
             <w:r w:rsidR="00C51C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0018052F" w:rsidRPr="00895489">
               <w:rPr>
@@ -3258,71 +3252,71 @@
           <w:p w14:paraId="1E8AC095" w14:textId="77777777" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="007B0155" w:rsidP="00895489">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>über 7-8 Std/Tag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C0ACCB3" w14:textId="1B507F92" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="006B52B4" w:rsidP="00895489">
+          <w:p w14:paraId="4C0ACCB3" w14:textId="0A9582C1" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="006B52B4" w:rsidP="00895489">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E749B6">
+            <w:r w:rsidR="00BE07D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>46</w:t>
+              <w:t>66</w:t>
             </w:r>
             <w:r w:rsidR="007E7D2D" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007E7D2D" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="00C51C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007E7D2D" w:rsidRPr="00895489">
               <w:rPr>
@@ -3589,71 +3583,71 @@
           <w:p w14:paraId="7BCFFF06" w14:textId="77777777" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="007B0155" w:rsidP="00895489">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>über 8-9 Std/Tag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75778D93" w14:textId="038EDF73" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="006B52B4" w:rsidP="007E7D2D">
+          <w:p w14:paraId="75778D93" w14:textId="627E08A3" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="006B52B4" w:rsidP="007E7D2D">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E749B6">
+            <w:r w:rsidR="00BE07D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>68</w:t>
+              <w:t>89</w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">00 </w:t>
             </w:r>
             <w:r w:rsidR="00C51C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
@@ -3912,71 +3906,64 @@
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>über 9 Std/Tag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07E99E1D" w14:textId="45A32573" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="00A14B1B" w:rsidP="007E7D2D">
+          <w:p w14:paraId="07E99E1D" w14:textId="56F34CD9" w:rsidR="007B0155" w:rsidRPr="00895489" w:rsidRDefault="00BE07D6" w:rsidP="007E7D2D">
             <w:pPr>
               <w:pStyle w:val="berschrift1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...6 lines deleted...]
-              <w:t>85</w:t>
+              <w:t>308</w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">00 </w:t>
             </w:r>
             <w:r w:rsidR="00C51C3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B0155" w:rsidRPr="00895489">
               <w:rPr>
@@ -4825,100 +4812,104 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="2liJ+NxrYgQQLsa75XxZnueCwxtYSS79Jbujk3g+bMM1EjI7SddYgNvXxRtFLT24TirEqDDTJysd/N8NI1PaGw==" w:salt="NS2+Av6nxM4oCQ0muNFpcw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="NiaYoAXtpgV3ZirlPW3fRRVBjrotHqTi21Uj5PZLnHIpW5XKIlnTGS/HGiLyZlzda9LoCPeRcEZakmNxijuegw==" w:salt="zBRm9Fli2f/lmlhMEbU5rw=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B0155"/>
     <w:rsid w:val="00002880"/>
     <w:rsid w:val="00077D60"/>
     <w:rsid w:val="000D4CF4"/>
     <w:rsid w:val="00102317"/>
     <w:rsid w:val="0018052F"/>
     <w:rsid w:val="001E7A33"/>
     <w:rsid w:val="00200F50"/>
     <w:rsid w:val="002861C8"/>
     <w:rsid w:val="002A3A3D"/>
     <w:rsid w:val="00315B42"/>
     <w:rsid w:val="003F6E7F"/>
     <w:rsid w:val="00461248"/>
     <w:rsid w:val="00485468"/>
     <w:rsid w:val="00485BCF"/>
     <w:rsid w:val="00595296"/>
+    <w:rsid w:val="0067114E"/>
     <w:rsid w:val="006B52B4"/>
     <w:rsid w:val="006F6272"/>
     <w:rsid w:val="00785B36"/>
     <w:rsid w:val="007B0155"/>
     <w:rsid w:val="007E7D2D"/>
     <w:rsid w:val="00821E23"/>
     <w:rsid w:val="0083645A"/>
     <w:rsid w:val="00895489"/>
     <w:rsid w:val="00901452"/>
     <w:rsid w:val="009C07CE"/>
     <w:rsid w:val="00A14B1B"/>
     <w:rsid w:val="00A2129F"/>
     <w:rsid w:val="00AB3F28"/>
     <w:rsid w:val="00B07F4E"/>
+    <w:rsid w:val="00B16A28"/>
     <w:rsid w:val="00B75A03"/>
     <w:rsid w:val="00B929D2"/>
+    <w:rsid w:val="00BE07D6"/>
     <w:rsid w:val="00C363F3"/>
     <w:rsid w:val="00C4469E"/>
     <w:rsid w:val="00C51C3E"/>
     <w:rsid w:val="00C77A15"/>
     <w:rsid w:val="00CB1C4B"/>
+    <w:rsid w:val="00D21835"/>
     <w:rsid w:val="00DD7A8C"/>
     <w:rsid w:val="00E01B31"/>
     <w:rsid w:val="00E02A31"/>
     <w:rsid w:val="00E749B6"/>
     <w:rsid w:val="00F30298"/>
     <w:rsid w:val="00F61EBF"/>
     <w:rsid w:val="00FA2721"/>
     <w:rsid w:val="00FE6215"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>